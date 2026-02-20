--- v0 (2025-10-05)
+++ v1 (2026-02-20)
@@ -1,14619 +1,15783 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00DA3581" w:rsidRDefault="00DA3581" w:rsidP="00DA3581">
-[...139 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8960" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="1120"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="1D74E653" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4480" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4C191CCD" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Рабочие дни</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4480" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7A72B41E" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Выходные и праздничные дни</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="257437CB" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="1305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2240" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...21 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="28B4C8B5" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Отправление от начального пункта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:br/>
               <w:t>Онкологический центр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2240" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3A849754" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Отправление от конечного пункта</w:t>
             </w:r>
-            <w:r w:rsidRPr="007715E5">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:br/>
               <w:t>3-я Агрегатная улица</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2240" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...21 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0BAE479D" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Отправление от начального пункта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:br/>
               <w:t>Онкологический центр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2240" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="37FDFA33" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Отправление от конечного пункта</w:t>
             </w:r>
-            <w:r w:rsidRPr="007715E5">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:br/>
               <w:t>3-я Агрегатная улица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="39A226CB" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="750"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="768D223C" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>№ графика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1F67608B" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Время</w:t>
             </w:r>
-            <w:r w:rsidRPr="007715E5">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:br/>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007715E5">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>чч:мм</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007715E5">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5BEF7B01" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>№ графика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0D4EAC49" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Время</w:t>
             </w:r>
-            <w:r w:rsidRPr="007715E5">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:br/>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007715E5">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>чч:мм</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007715E5">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1E34149C" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>№ графика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4F075EF7" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Время</w:t>
             </w:r>
-            <w:r w:rsidRPr="007715E5">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:br/>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007715E5">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>чч:мм</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007715E5">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="68D30FB5" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>№ графика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="040E74C4" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Время</w:t>
             </w:r>
-            <w:r w:rsidRPr="007715E5">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:br/>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007715E5">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>чч:мм</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007715E5">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="1157A342" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1CB71E4D" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="381240AC" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F47D203" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="71509A86" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5:01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C44F3ED" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C4E9EA5" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2F28E7B9" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4F4E7E7F" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...138 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="3BCE77CC" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6A1EDBA3" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CDCF30D" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5:17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="036516B6" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5825078D" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5:18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F9F9859" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="48A445EE" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5:38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="611B8CC2" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78F3CB62" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5:30</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...208 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="0C9FDE4B" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7AD6970F" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="156E255F" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5:35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D9C57FF" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31E8AB1A" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5:36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45F8D9A4" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...81 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="76C23035" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12C053F9" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77622E87" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5:50</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...138 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="6AA1BF00" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6C1F906D" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11F493BF" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5:52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6ED4BA76" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="720223EB" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5:53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5728F3AB" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...49 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5918C65B" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6:17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="267E65BB" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5A117426" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6:07</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...138 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="71558528" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5A29641A" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00F21204" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6:10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61A9CB63" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49EC8E0D" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6:11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13125C0C" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...49 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4261EB3C" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6:35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="418A4373" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...151 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="704A66C5" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6:26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="61D4CEFA" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="78E23774" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19765AF3" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6:27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C8BCEDA" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A8B7256" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6:28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62AE31DE" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...49 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4FBC0FAD" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6:56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB24D9D" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...151 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5F588435" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6:45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="5683382E" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...87 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3C1531F9" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="142AFF8B" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6:45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="509A220E" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44195385" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6:46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA5E664" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69845255" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7:16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14577613" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...151 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7A597FA8" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7:07</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="5A7B2F21" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...87 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="030F2923" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77A9D0D2" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7:02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48BCEF78" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="133B9DA5" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7:03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="711B8E9E" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="493B2EC5" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7:35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E7E20A4" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...151 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="47B7350E" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7:25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="6144F41F" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...87 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="42CBE50C" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="231ED1F5" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70695A40" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14B83693" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7:31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A125979" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CFF8061" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7:50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60ECC1CF" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...151 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="75D4015B" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7:44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="2C5DBE53" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...87 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2D56310A" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA41610" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7:47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57EF3DF3" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="102880D3" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7:48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CE2E78E" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27DA28AD" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8:14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77573283" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...151 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6739B83C" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8:06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="6BF8B635" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="235B388A" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D94DD6C" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8:05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52FF6986" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B802C19" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8:06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F287C91" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7F3FBD6F" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8:33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4B5347C8" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="54F59241" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8:23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="678860D1" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...119 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3F72ECFD" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36FA88BE" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8:22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="445CAAE7" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32153D81" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8:23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="73E552AE" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3FA1CEBA" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8:53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3D84969A" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="22927467" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8:45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="59C0B5E0" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="75F7241D" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="253165D9" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8:50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="731CEC4D" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37A24833" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8:51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67B89AAD" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3012C9FF" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>9:12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5BDC0BBC" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="23BB0BCE" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>9:02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="2B20FAA2" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="510E3C9F" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2A388F55" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9:07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56DF751D" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="559CAD14" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9:08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76A8C668" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43D0846F" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>9:51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="31756B85" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="00AA94F4" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>9:21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="0ED65DC1" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2B3BCFDA" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30A1A99D" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9:42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44F4ABD6" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...119 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="797110FC" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>9:43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01A58CC9" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4716AA99" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>10:10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4B9B9689" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2AEADABD" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>10:02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="3CE64BFF" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="50D76777" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="72A91C77" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB5F212" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B148BA8" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10:01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E3E942E" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71C794FB" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>10:51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="10AB4D29" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="16BBC7A2" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>10:22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="1F1CB80A" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="69FE4DAD" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BF6D018" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10:35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="269A184A" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...119 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="00A2941F" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10:36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78191671" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="757EDB32" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>11:11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1EABF2FE" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4595CE6B" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>11:02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="5F15120F" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2BCD10F4" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="751038C1" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10:52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A5E3555" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B30C309" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10:53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78B72335" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="24CE9A86" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>11:28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="250ABA4F" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="279A21F2" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>11:21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="13C155D8" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4662BEC9" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="553E1017" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11:10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48FC31D9" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E113677" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11:11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45632489" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="077D632E" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>11:52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="70529328" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2AE44F42" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>11:40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="3B46B7BC" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7B070227" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56EA8555" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11:27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E09EEC2" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E19835C" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11:28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13D13611" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5C13F541" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12:09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="04B4989B" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1F4F2B8E" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>11:54</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="47AE8DD3" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="23037646" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="56DD2023" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11:45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C26CE34" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77C1ABE1" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11:46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BEBD4D7" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="015130EC" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12:26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="22CE8808" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="68455A85" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12:20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="0BDB1283" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0E83B039" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6D0C22A4" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12:02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0599E6AB" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C32CF9C" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12:03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44539B4B" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56795D64" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12:42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0900BAAB" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7C05F6D4" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>12:35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="376E7984" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6E61E9DA" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3D554E3A" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12:20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA6CEA1" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7651BBDE" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12:21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38A13B7F" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C7436C1" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>13:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="316545C2" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1531ED6F" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>13:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="6ABE1D70" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="24388DA7" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="289F0B33" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12:37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="787D5A99" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C098CD3" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12:38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="156C7490" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC0802A" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>13:25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0001D2E2" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6103D2E2" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>13:17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="5463926D" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1A7C4AA0" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2D47960C" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12:55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E540D7F" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69969162" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12:56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50544B0C" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CCFDB28" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>13:44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5D177887" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6877BB91" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>13:39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="4EBA21A4" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0AF536E5" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7C4793C1" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>13:12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60FC4587" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="490433F8" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>13:13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="414A8876" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6361E8C3" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>14:04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3E2B6F22" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="23535394" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>13:58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="6A5F4050" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="55A9785A" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="617B047D" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>13:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4768098C" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D432D67" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>13:31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1531B7B0" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F60AABD" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>14:23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2A82D94C" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="78D6FAC5" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>14:17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="09FCF2AA" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="63333ADE" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F662F84" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>13:47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E399EC3" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="138C8771" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>13:48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1134C369" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="30393FF4" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>15:02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1F573EF2" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="71169271" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>14:37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="038BF11B" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="47F60FBE" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45C6B767" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>14:05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7376B9EA" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC73B7F" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>14:06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="724249C8" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="741564E8" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>15:21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73CCFDCE" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...221 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1A31CCD6" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>15:17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="3891E1CF" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...87 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2AAD579A" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57066AA9" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>14:22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C36CCAF" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D570FA5" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>14:23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FFFFE04" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...81 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3AC0A776" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>15:57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0BE522B3" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7070F5C8" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>15:30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="20597684" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4F908842" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76C81F72" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>14:57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="766B3F96" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...49 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0B736258" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>14:58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64907F64" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...81 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="16740CBA" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>16:16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7D18F689" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="41B6E419" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>16:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="6B7EE0C3" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="23245ADB" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44BE402D" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>15:32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51B0D62A" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0814DE9B" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>15:33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23AC8F84" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2E0A7F10" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>16:39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="63B966EC" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5AAE4AF8" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>16:28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="61B55F51" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7D817C6B" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B8EFE25" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>16:07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67B8B339" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...119 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="33C06D32" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>16:08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7829E8AF" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7AD07363" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>16:58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="29E799DF" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3506D20F" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>16:40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="631CBAD0" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0616866A" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="292F37C6" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>16:25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="137B614D" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F508D8D" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>16:26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50535E78" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="295C125D" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>17:18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C393B6C" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...221 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4AA97C92" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>17:11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="69734FDE" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6037AC3B" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52D73823" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>16:42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2591755A" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="584FC0FB" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>16:43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06AB3B5F" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72116B59" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>17:34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21502C3F" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...221 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1BBE2A8E" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>17:19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="3BD620D1" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="07CBE007" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="335E20FE" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>17:10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D248FCF" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3EADC261" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>17:11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B06D656" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40596594" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>17:57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="409AAB6B" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...221 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="08AEFABF" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>17:51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="711EFB05" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...19 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="20B5CAF1" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7937514B" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>17:27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A36B0F7" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F2FE458" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>17:28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B580465" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AAD7D6B" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>18:16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB14CE8" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...221 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="18E054B9" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>18:13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="002F818C" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4C90E966" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E56CE2F" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>17:45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1330E301" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55814FA4" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>17:46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CD91BD8" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="100E226F" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>18:36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="094BC48F" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...221 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3AC05952" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>18:33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="42A66812" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="39899AC5" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F035946" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>18:02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E84B542" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="742A954B" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>18:03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20AE42E1" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5848631D" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>18:55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6C0F4445" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="20BB0B1F" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>18:44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="30A26AC5" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="04F36325" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="082F2570" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>18:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13BBE67F" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A866171" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>18:31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0054F496" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5637CB60" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>19:14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3581F426" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="55802899" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>18:58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="3BF408EB" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="61E6E4B3" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71E09EC3" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>18:47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="513782B8" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="599EABA0" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>18:48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="372B10B6" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0A2CEC10" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>19:34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7868E266" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6AC252EC" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>19:23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="09E7A80C" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1C06E967" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5034D993" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>19:05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="168BCF58" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0C9E2EE0" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>19:06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B78FAED" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B3F2EBD" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>20:09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="21F0DDEE" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="307EC210" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>19:43</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="162A4F5F" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="17268BBC" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CCB67B1" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>19:22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6255B436" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CEF5D54" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>19:23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55DC0D98" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="76027541" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5759342D" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="14337C0A" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="38E598F9" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7033AAC7" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="092B8823" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>19:40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6612534C" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6812675E" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>19:41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25147C68" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1DF573E8" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6C6C41C0" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="102364FB" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="2C78DF3A" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5B2A4D3D" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00E213A0" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>19:57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C179B44" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30AC7E1C" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>19:58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="646EC7AB" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="08EEE09D" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4F2B9351" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="55BF71AD" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="419CF2A5" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...157 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="341884B2" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA7653A" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>20:15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FE31D43" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56E68036" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>20:16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63D16E88" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="748A4C37" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="789AE100" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="68B6A320" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidTr="007715E5">
+      <w:tr w:rsidR="00611A49" w:rsidRPr="00611A49" w14:paraId="221E0F81" w14:textId="77777777" w:rsidTr="00611A49">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3D156C9F" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79F4F0F1" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>20:50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44CC3DF1" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...119 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6A713212" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>20:51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="139ACF7B" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="35166D96" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3876ED68" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007715E5" w:rsidRPr="007715E5" w:rsidRDefault="007715E5" w:rsidP="007715E5">
-[...296 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="457E876C" w14:textId="77777777" w:rsidR="00611A49" w:rsidRPr="00611A49" w:rsidRDefault="00611A49" w:rsidP="00611A49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00611A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DA3581" w:rsidRDefault="00DA3581" w:rsidP="00DA3581">
-[...9 lines deleted...]
-    <w:sectPr w:rsidR="00DA3581">
+    <w:p w14:paraId="0E6CE1D7" w14:textId="77777777" w:rsidR="00BE6BDD" w:rsidRDefault="00BE6BDD"/>
+    <w:sectPr w:rsidR="00BE6BDD">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Calibri">
-[...1 lines deleted...]
-    <w:charset w:val="CC"/>
+  <w:font w:name="Aptos">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...1 lines deleted...]
-    <w:charset w:val="CC"/>
+  <w:font w:name="Aptos Display">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DA3581"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00ED5263"/>
+    <w:rsidRoot w:val="00611A49"/>
+    <w:rsid w:val="00410EE2"/>
+    <w:rsid w:val="00524F8E"/>
+    <w:rsid w:val="00611A49"/>
+    <w:rsid w:val="006D0811"/>
+    <w:rsid w:val="00BE6BDD"/>
+    <w:rsid w:val="00D56358"/>
+    <w:rsid w:val="00D60DA1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="39A1AC6F"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{0399A025-EF79-4F7A-B827-6573532D8B01}"/>
+  <w15:docId w15:val="{38404F93-0580-41F3-AA16-7FC79FA908F4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14953,229 +16117,742 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:rsid w:val="00DA3581"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00611A49"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:hanging="1"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00611A49"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00611A49"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00611A49"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00611A49"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00611A49"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00611A49"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00611A49"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00611A49"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00611A49"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00611A49"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00611A49"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00611A49"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00611A49"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00611A49"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00611A49"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00611A49"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Заголовок 9 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00611A49"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00611A49"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Заголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00611A49"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00611A49"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00611A49"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00611A49"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Цитата 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="21"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00611A49"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00611A49"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00611A49"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00611A49"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Выделенная цитата Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00611A49"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00611A49"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="883831337">
+    <w:div w:id="1540900559">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -15287,69 +16964,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>294</Words>
-  <Characters>1682</Characters>
+  <Words>269</Words>
+  <Characters>1537</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
+  <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Курскавтодор</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1973</CharactersWithSpaces>
+  <CharactersWithSpaces>1803</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Грицаев Никита Владимирович</dc:creator>
+  <dc:creator>Nikita Gritsaev</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>